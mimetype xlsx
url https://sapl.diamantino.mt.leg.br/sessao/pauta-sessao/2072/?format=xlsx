--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -165,69 +165,69 @@
   <si>
     <t>Eraldes Catarino de Campos</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Semana Municipal de "Qualidade de vida da Mulher no Período do Climatério", a ser realizada anualmente na semana do dia 18 de março.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Moção nº 9 de 2025</t>
   </si>
   <si>
     <t>Alex Rupolo,Ranielli Patrick Arruda Lima</t>
   </si>
   <si>
     <t>Consigna MOÇÃO DE APLAUSOS aos profissionais de Enfermagem, Técnicos e Auxiliares.</t>
   </si>
   <si>
     <t>Encaminhamento de Expediente</t>
   </si>
   <si>
     <t>Moção nº 10 de 2025</t>
   </si>
   <si>
-    <t>Eraldes Catarino de Campos,Alex Rupolo,Augusto Borges Casetta Ferreira,Diocelio Antunes Pruciano,Edes Franciscato Béia,Edson da Silva,Gonçalina da Costa Souza,Ranielli Patrick Arruda Lima,Wilson Pentecoste dos Santos</t>
+    <t>Eraldes Catarino de Campos,Alex Rupolo,Augusto Borges Casetta Ferreira,Diocelio Antunes Pruciano,Edes Franciscato Béia,Edson da Silva,Goncalina da Costa Souza,Ranielli Patrick Arruda Lima,Wilson Pentecoste dos Santos</t>
   </si>
   <si>
     <t>Outorga a Corporação de Corpo de Bombeiros Militar,  em reconhecimento ao exemplo inspirador, a excelência em seu trabalho de  compromisso com a proteção da vida e contribuição inestimável, em 26 de abril de 2025, no incêndio de grande proporção que atingiu empresas e casas no Bairro Novo Diamantino, nesta cidade:  reconhecendo o mérito e a bravura dos senhores: Soldado Bombeiro Militar: Edson Marques Leite Junior, Leonardo Nascimento Santana, Renan Geovane Ferreira Romio. Primeiro Sargento Bombeiro Militar: Plinio Augusto Mota Maranhão. Segundo Sargento Bombeiro Militar: Eduardo Marcelo de Oliveira. Cabo Bombeiro Militar: Jardel Mendel Alves e Capitão Bombeiro Militar: Thales Emmanuel da Silva Pereira.</t>
   </si>
   <si>
     <t>Moção nº 11 de 2025</t>
   </si>
   <si>
-    <t>Edes Franciscato Béia,Alex Rupolo,Augusto Borges Casetta Ferreira,Diocelio Antunes Pruciano,Edson da Silva,Eraldes Catarino de Campos,Gonçalina da Costa Souza,Ranielli Patrick Arruda Lima,Wilson Pentecoste dos Santos</t>
+    <t>Edes Franciscato Béia,Alex Rupolo,Augusto Borges Casetta Ferreira,Diocelio Antunes Pruciano,Edson da Silva,Eraldes Catarino de Campos,Goncalina da Costa Souza,Ranielli Patrick Arruda Lima,Wilson Pentecoste dos Santos</t>
   </si>
   <si>
     <t>Expressa e consigna os mais efusivos aplausos pela demonstração de bravura em atendimento a ocorrência no dia 26 de abril em Diamantino, reconhecendo o mérito e a bravura dos senhores: Major PM Izanilton Aparecido Gomes; 1º Sargento PM Kleber dos Santos Almeida; 2º Sargento PM Edegar Samuel de Oliveira Nascimento; 2º Sargento PM Joedir Ferreira de Arruda; 3º Sargento PM Thiago Marte Rocha da Silva; 3º Sargento PM Maxswel Freire de Oliveira; Soldado PM Guilherme Henrique Nascimento Lara; Soldado PM José Roberto Vattos Junior; Soldado PM Maykon Geovane Almeida Oliveira; PM Ivan José Vieira Campos, do 14º Comando Geral e 9ª Companhia Independente de Polícia Militar</t>
   </si>
   <si>
     <t>Moção nº 12 de 2025</t>
   </si>
   <si>
-    <t>Gonçalina da Costa Souza,Alex Rupolo,Augusto Borges Casetta Ferreira,Diocelio Antunes Pruciano,Edes Franciscato Béia,Edson da Silva,Eraldes Catarino de Campos,Monnize da Costa Dias Zangeroli,Ranielli Patrick Arruda Lima,Wilson Pentecoste dos Santos</t>
+    <t>Goncalina da Costa Souza,Alex Rupolo,Augusto Borges Casetta Ferreira,Diocelio Antunes Pruciano,Edes Franciscato Béia,Edson da Silva,Eraldes Catarino de Campos,Monnize da Costa Dias Zangeroli,Ranielli Patrick Arruda Lima,Wilson Pentecoste dos Santos</t>
   </si>
   <si>
     <t>Outorga em reconhecimento ao mérito e a bravura ao senhor Agnaldo Aparecido dos Santos, em prestar socorro no incêndio de grande proporção que atingiu empresas e casas no Bairro Novo Diamantino, em 26 de abril de 2025.</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo nº 30 de 2025</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder a Abertura de Crédito Adicional Especial no orçamento vigente, e dá outras providências. (R$ 1.034.800,00 - compra de imóvel para sede da SMS e aquisição de ambulância)</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 36 de 2025</t>
   </si>
   <si>
     <t>Michele Cristina Carrasco Mauriz</t>
   </si>
   <si>
     <t>Institui o Protocolo de Escuta Protegida nas Escolas da Rede Municipal de Diamantino e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 37 de 2025</t>
   </si>
   <si>
     <t>Monnize da Costa Dias Zangeroli</t>
   </si>
@@ -660,51 +660,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="47.28515625" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="225.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="225" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">